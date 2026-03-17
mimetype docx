--- v0 (2025-12-10)
+++ v1 (2026-03-17)
@@ -1,3599 +1,4714 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...6 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TÍTULO: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBTÍTULO </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Título do artigo (centralizado, espaçamento simples, fonte tamanho 12, negrito, caixa alta e com, no máximo, 100 caracteres (com espaço)); Subtítulo em caixa alta, sem negrito)</w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="left"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome completo do autor em tamanho 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome completo do autor em tamanho 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...115 lines deleted...]
-        <w:t xml:space="preserve">Resumo (justificado, parágrafo único fonte Century Gothic, tamanho 12 e espaçamento simples entre linhas); Apresente, neste campo, os principais aspectos sobre a sua pesquisa. Escreva seu resumo em parágrafo único e sem recuo. Fo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="none" w:pos="9073"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obs: Não preencher informações dos autores na submissão</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="none" w:pos="9073"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="none" w:pos="9073"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="none" w:pos="9073"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESUMO</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resumo (justificado, parágrafo único fonte Calibri, tamanho 12 e espaçamento simples entre linhas); Apresente, neste campo, os principais aspectos sobre a sua pesquisa. Escreva seu resumo em parágrafo único e sem recuo. Fo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rmule frases breves, assertivas e não apresente as informações em tópicos. O texto deve conter de maneira clara, objetiva e concisa, o referencial teórico, os procedimentos metodológicos e os principais resultados. Atente-se para não exceder 250 palavras. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PALAVRAS-CHAVE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: adicionar, neste campo, três palavras-chave, separadas por ponto e vírgula, finalizadas por ponto, sem caixa alta, que representem a temática da pesquisa. Exemplo: educação; crianças; infâncias.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TÍTULO EM LÍNGUA ESTRANGEIRA: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBTÍTULO (SE HOUVER)</w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">RESUMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tradução do resumo para língua estrangeira escolhida pelo autor. </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PALAVRAS-CHAVE: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">adicionar neste campo as três palavras-chave traduzidas para a língua estrangeira privilegiada.</w:t>
       </w:r>
-      <w:r/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="871"/>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_heading=h.pxyl5wxv3n4l"/>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">INTRODUÇÃO (TÍTULOS DAS SEÇÕES ALINHADOS  À ESQUERDA, EM NEGRITO E SEM NUMERAÇÃO, ESPAÇAMENTO SIMPLES): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBTÍTULO</w:t>
       </w:r>
-      <w:r/>
-[...7 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="871"/>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> OBSERVAÇÃO: Cada artigo apresenta um código específico, que substitui a numeração tradicional das páginas. O código será inserido pelo editor, portanto, não é necessário numerar as páginas.</w:t>
       </w:r>
-      <w:r/>
-[...19 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">O template é o mesmo para relato de experiência e artigo. Os artigos devem ser originais e inéditos, com tamanho estabelecido de 10 a 25 laudas. Os relatos de experiência devem ter de 08 a 15 laudas. </w:t>
+        <w:t xml:space="preserve">O template é o mesmo para relato de experiência e artigo. Os artigos devem ser originais e inéditos, com tamanho estabelecido de 12 a 25 laudas. Os relatos de experiência devem ter de 08 a 15 laudas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Os artigos podem apresentar, no máximo, cinco autores. Exige-se que pelo menos um dos autores tenha o título de doutor; Os relatos de experiência podem ter, no máximo, três autores.</w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Informações gerais: o arquivo do artigo ou relato de experiência deve ser configurado para papel A4, a partir das seguintes indicações: digitação em </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">word for Windows</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">; margens esquerda e superior: 3cm. Margens direita e inferior: 2cm. Fonte </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Century Gothic</w:t>
+        <w:t xml:space="preserve">calibri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 e espaçamento entre l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">inhas de 1,5 cm; início de parágrafo com recuo de 1,25 cm; sem espaçamento entre parágrafos. Quando utilizar citações (a partir de quatro linhas), o espaçamento deve ser simples e a fonte 11; Textos inseridos em quadros e tabelas devem obedecer a fonte 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Os títulos precisam ser concisos e descritivos, abordando o tema do texto, devem ser apresentados também na língua estrangeira selecionada pelo autor; Todo o texto deve ser escrito com a fonte Century Gothic. </w:t>
+        <w:t xml:space="preserve">Os títulos precisam ser concisos e descritivos, abordando o tema do texto, devem ser apresentados também na língua estrangeira selecionada pelo autor; Todo o texto deve ser escrito com a fonte calibri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A introdução do artigo deve conter a relevância do estudo/pesquisa, os seus objetivos e a revisão bibliográfica atualizada da temática em investigação, que não deve ser extensa, com uma ressalva para manuscritos submetidos como artigo de revisão. </w:t>
       </w:r>
-      <w:r/>
-[...19 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Os trabalhos submetidos à Educação e Infâncias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> devem ser originais e estar salvos nos formatos indicados na aba de normas de submissão da revista e com </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">a devida formatação. Além disso, não podem estar sendo avaliados para publicação em outra revista. A identificação de autoria do trabalho deve ser removida do arquivo e da opção propriedades no Word, garantindo desta forma o critério de sigilo da revista. </w:t>
       </w:r>
-      <w:r/>
-[...19 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
-[...30 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">É de responsabilidade do autor verificar a conformidade das informações prestadas no momento da submissão, bem como o alinhamento do trabalho às diretrizes de submissão.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TÍTULO DA SEÇÃO </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DESENVOLVIMENTO: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBTÍTULO (ALINHADO À ESQUERDA)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBSEÇÃO (SE HOUVER SUBSEÇÃO, COLOCAR LOGO APÓS O TÍTULO, EM CAIXA ALTA, NÃO COLOCAR EM NEGRITO)</w:t>
       </w:r>
-      <w:r/>
-[...7 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6731"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708" w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Seção principal do texto, apresentar o referencial teórico.</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">A citação de autores nos textos, sejam elas diretas ou indiretas, bem como as referências ao final das produções, devem seguir as normas técnicas da ABNT em vigência (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NBR 10520:2023)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...22 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As imagens e as figuras que aparecem no artigo devem apresentar alta resolução, centralizadas, com fonte logo abaixo.  Legendas e fontes de ilustrações - tamanho 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Figura 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- Título da Figura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="2646362" cy="2646362"/>
                 <wp:effectExtent l="12700" t="12700" r="12700" b="12700"/>
                 <wp:docPr id="5" name="image2.png" hidden="0"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="image2.png" hidden="0"/>
                         <pic:cNvPicPr/>
                         <pic:nvPr isPhoto="0" userDrawn="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId11"/>
                         <a:srcRect l="0" t="0" r="0" b="0"/>
                         <a:stretch/>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2646362" cy="2646362"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype type="#_x0000_t75" o:spt="75" coordsize="21600,21600" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="_x0000_i4" o:spid="_x0000_s4" type="#_x0000_t75" style="mso-wrap-distance-left:0.0pt;mso-wrap-distance-top:0.0pt;mso-wrap-distance-right:0.0pt;mso-wrap-distance-bottom:0.0pt;width:208.4pt;height:208.4pt;" strokecolor="#000000" strokeweight="1.00pt">
-[...1 lines deleted...]
-                <v:imagedata r:id="rId11" o:title=""/>
+              <v:shape id="_x0000_i4" o:spid="_x0000_s4" type="#_x0000_t75" style="width:208.37pt;height:208.37pt;mso-wrap-distance-left:0.00pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:0.00pt;mso-wrap-distance-bottom:0.00pt;z-index:1;" strokecolor="#000000" strokeweight="1.00pt">
+                <v:imagedata r:id="rId11" o:title="" croptop="0f" cropleft="0f" cropbottom="0f" cropright="0f"/>
+                <o:lock v:ext="edit" rotation="t"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Fonte:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...22 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...22 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">Os quadros e tabelas devem seguir as normas vigentes da ABNT. Os quadros em formato fechado e as tabelas não apresentam bordas internas nem laterais.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Quadro 1 -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Modelo de quadro</w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w15:appearance w15:val="boundingBox"/>
         <w:lock w:val="contentLocked"/>
         <w:tag w:val="goog_rdk_0"/>
         <w:rPr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="934"/>
+            <w:tblStyle w:val="1066"/>
             <w:tblW w:w="9073" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:insideH w:val="single" w:color="000000" w:sz="8" w:space="0"/>
               <w:insideV w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="4536"/>
             <w:gridCol w:w="4536"/>
             <w:tblGridChange w:id="0">
               <w:tblGrid>
                 <w:gridCol w:w="4536"/>
                 <w:gridCol w:w="4536"/>
               </w:tblGrid>
             </w:tblGridChange>
           </w:tblGrid>
           <w:tr>
             <w:trPr>
               <w:cantSplit w:val="false"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:tcBorders/>
                 <w:tcMar>
                   <w:left w:w="100" w:type="dxa"/>
                   <w:top w:w="100" w:type="dxa"/>
                   <w:right w:w="100" w:type="dxa"/>
                   <w:bottom w:w="100" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="top"/>
                 <w:textDirection w:val="lrTb"/>
                 <w:noWrap w:val="false"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...13 lines deleted...]
-                  </w:rPr>
+                  <w:keepNext w:val="false"/>
+                  <w:keepLines w:val="false"/>
+                  <w:pageBreakBefore w:val="false"/>
+                  <w:widowControl w:val="false"/>
                   <w:pBdr>
                     <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                   </w:pBdr>
-                </w:pPr>
-                <w:r>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                  <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="white"/>
-                    <w:rtl w:val="false"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Informações</w:t>
                 </w:r>
-                <w:r/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:tcBorders/>
                 <w:tcMar>
                   <w:left w:w="100" w:type="dxa"/>
                   <w:top w:w="100" w:type="dxa"/>
                   <w:right w:w="100" w:type="dxa"/>
                   <w:bottom w:w="100" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="top"/>
                 <w:textDirection w:val="lrTb"/>
                 <w:noWrap w:val="false"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...13 lines deleted...]
-                  </w:rPr>
+                  <w:keepNext w:val="false"/>
+                  <w:keepLines w:val="false"/>
+                  <w:pageBreakBefore w:val="false"/>
+                  <w:widowControl w:val="false"/>
                   <w:pBdr>
                     <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                   </w:pBdr>
-                </w:pPr>
-                <w:r>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                  <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="white"/>
-                    <w:rtl w:val="false"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Informações</w:t>
                 </w:r>
-                <w:r/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:b/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:trPr>
               <w:cantSplit w:val="false"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:tcBorders/>
                 <w:tcMar>
                   <w:left w:w="100" w:type="dxa"/>
                   <w:top w:w="100" w:type="dxa"/>
                   <w:right w:w="100" w:type="dxa"/>
                   <w:bottom w:w="100" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="top"/>
                 <w:textDirection w:val="lrTb"/>
                 <w:noWrap w:val="false"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...12 lines deleted...]
-                  </w:rPr>
+                  <w:keepNext w:val="false"/>
+                  <w:keepLines w:val="false"/>
+                  <w:pageBreakBefore w:val="false"/>
+                  <w:widowControl w:val="false"/>
                   <w:pBdr>
                     <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                   </w:pBdr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                  <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="white"/>
-                    <w:rtl w:val="false"/>
+                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">xxxxxxx</w:t>
                 </w:r>
-                <w:r/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:tcBorders/>
                 <w:tcMar>
                   <w:left w:w="100" w:type="dxa"/>
                   <w:top w:w="100" w:type="dxa"/>
                   <w:right w:w="100" w:type="dxa"/>
                   <w:bottom w:w="100" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="top"/>
                 <w:textDirection w:val="lrTb"/>
                 <w:noWrap w:val="false"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...12 lines deleted...]
-                  </w:rPr>
+                  <w:keepNext w:val="false"/>
+                  <w:keepLines w:val="false"/>
+                  <w:pageBreakBefore w:val="false"/>
+                  <w:widowControl w:val="false"/>
                   <w:pBdr>
                     <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                     <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
                   </w:pBdr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                  <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="white"/>
-                    <w:rtl w:val="false"/>
+                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">xxxxxx</w:t>
                 </w:r>
-                <w:r/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="white"/>
+                  </w:rPr>
+                </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...23 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0" w:left="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Fonte: </w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TÍTULO DA SEÇÃO DE METODOLOGIA E ANÁLISES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nesta seção, devem ser apresentados o processo metodológico do artigo ou relato de experiência e o que foi analisado, fazendo relação com a fundamentação teórica.</w:t>
       </w:r>
-      <w:r/>
-[...19 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONSIDERAÇÕES FINAIS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="708"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1416"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2124"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2832"/>
+          <w:tab w:val="left" w:leader="none" w:pos="3540"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4248"/>
+          <w:tab w:val="left" w:leader="none" w:pos="4956"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5664"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6372"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7080"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7788"/>
+          <w:tab w:val="left" w:leader="none" w:pos="8496"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9204"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta parte do texto fica reservada para as considerações finais do autor acerca do tema tratado durante o trabalho.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="739"/>
+        <w:pStyle w:val="871"/>
+        <w:pBdr/>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
-      <w:r/>
-[...5 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkStart w:id="1" w:name="_heading=h.4d34og8"/>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nas referências, devem constar somente os autores citados no texto. Tanto os autores quanto os tradutores devem ser apresentados com seus nomes completos. Seguir as normas da ABNT vigentes.</w:t>
       </w:r>
-      <w:r/>
-[...5 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkStart w:id="2" w:name="_heading=h.8nyre4ywfq6t"/>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:h="16838" w:orient="portrait" w:w="11906"/>
       <w:pgMar w:top="1700" w:right="1133" w:bottom="1133" w:left="1700" w:header="720" w:footer="411" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:sep="0" w:space="1701" w:equalWidth="1"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
+        <w:pBdr/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
+        <w:pBdr/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+    <w:panose1 w:val="020B0503020204020204"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:panose1 w:val="02000603000000000000"/>
+    <w:panose1 w:val="05040102010807070707"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:rPr/>
+    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rtl w:val="false"/>
+        <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>114300</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>114300</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="733507" cy="256728"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="image1.png" hidden="0"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="image1.png" hidden="0"/>
                       <pic:cNvPicPr/>
                       <pic:nvPr isPhoto="0" userDrawn="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:srcRect l="0" t="0" r="0" b="0"/>
                       <a:stretch/>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="733507" cy="256728"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype type="#_x0000_t75" o:spt="75" coordsize="21600,21600" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
-            <v:shape id="_x0000_i1" o:spid="_x0000_s1" type="#_x0000_t75" style="position:absolute;mso-wrap-distance-left:9.0pt;mso-wrap-distance-top:9.0pt;mso-wrap-distance-right:9.0pt;mso-wrap-distance-bottom:9.0pt;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:9.0pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:9.0pt;mso-position-vertical:absolute;width:57.8pt;height:20.2pt;">
-[...1 lines deleted...]
-              <v:imagedata r:id="rId1" o:title=""/>
+            <v:shape id="_x0000_i1" o:spid="_x0000_s1" type="#_x0000_t75" style="position:absolute;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:9.00pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:9.00pt;mso-position-vertical:absolute;width:57.76pt;height:20.21pt;mso-wrap-distance-left:9.00pt;mso-wrap-distance-top:9.00pt;mso-wrap-distance-right:9.00pt;mso-wrap-distance-bottom:9.00pt;z-index:1;">
+              <v:imagedata r:id="rId1" o:title="" croptop="0f" cropleft="0f" cropbottom="0f" cropright="0f"/>
+              <o:lock v:ext="edit" rotation="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="115200" distR="115200" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="0" distB="0" distL="115200" distR="115200" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-875399</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-165099</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6359525" cy="601345"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="" hidden="0"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvPr id="0" name=""/>
                     <wps:cNvSpPr/>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="2171000" y="3484090"/>
                         <a:ext cx="6350000" cy="591820"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="9525" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
                         <a:headEnd type="none" w="sm" len="sm"/>
                         <a:tailEnd type="none" w="sm" len="sm"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p>
                           <w:pPr>
-                            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                            <w:pBdr/>
+                            <w:spacing w:after="160" w:before="0" w:line="258" w:lineRule="auto"/>
+                            <w:ind w:right="0" w:firstLine="0" w:left="0"/>
                             <w:jc w:val="left"/>
-                            <w:spacing w:before="0" w:after="160" w:line="258" w:lineRule="auto"/>
+                            <w:rPr/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                               <w:b/>
                               <w:i w:val="0"/>
                               <w:smallCaps w:val="0"/>
-                              <w:strike w:val="false"/>
+                              <w:strike w:val="0"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:vertAlign w:val="baseline"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Revista Educação e Infâncias, Natal, v. 3, n. 4, código do artigo (preenchido pelo editor) 2024 </w:t>
                           </w:r>
                           <w:r/>
                         </w:p>
                         <w:p>
                           <w:pPr>
-                            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                            <w:pBdr/>
+                            <w:spacing w:after="160" w:before="0" w:line="258" w:lineRule="auto"/>
+                            <w:ind w:right="0" w:firstLine="0" w:left="0"/>
                             <w:jc w:val="left"/>
-                            <w:spacing w:before="0" w:after="160" w:line="258" w:lineRule="auto"/>
+                            <w:rPr/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                               <w:b/>
                               <w:i w:val="0"/>
                               <w:smallCaps w:val="0"/>
-                              <w:strike w:val="false"/>
+                              <w:strike w:val="0"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:vertAlign w:val="baseline"/>
                             </w:rPr>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                               <w:b/>
                               <w:i w:val="0"/>
                               <w:smallCaps w:val="0"/>
-                              <w:strike w:val="false"/>
+                              <w:strike w:val="0"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:vertAlign w:val="baseline"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ISSN:</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                               <w:b/>
                               <w:i w:val="0"/>
                               <w:smallCaps w:val="0"/>
-                              <w:strike w:val="false"/>
-                              <w:color w:val="FFFFFF"/>
+                              <w:strike w:val="0"/>
+                              <w:color w:val="ffffff"/>
                               <w:sz w:val="20"/>
                               <w:vertAlign w:val="baseline"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                               <w:b/>
                               <w:i w:val="0"/>
                               <w:smallCaps w:val="0"/>
-                              <w:strike w:val="false"/>
+                              <w:strike w:val="0"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:vertAlign w:val="baseline"/>
                             </w:rPr>
                             <w:t xml:space="preserve">2764-6076</w:t>
                           </w:r>
                           <w:r/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="shape 2" o:spid="_x0000_s2" o:spt="1" style="position:absolute;mso-wrap-distance-left:9.1pt;mso-wrap-distance-top:0.0pt;mso-wrap-distance-right:9.1pt;mso-wrap-distance-bottom:0.0pt;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:-68.9pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:-13.0pt;mso-position-vertical:absolute;width:500.8pt;height:47.3pt;v-text-anchor:top;" coordsize="100000,100000" path="" fillcolor="#000000" strokecolor="#000000" strokeweight="0.75pt">
-[...2 lines deleted...]
-              <v:textbox>
+            <v:shape id="shape 2" o:spid="_x0000_s2" o:spt="1" type="#_x0000_t1" style="position:absolute;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:-68.93pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:-13.00pt;mso-position-vertical:absolute;width:500.75pt;height:47.35pt;mso-wrap-distance-left:9.07pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:9.07pt;mso-wrap-distance-bottom:0.00pt;v-text-anchor:top;visibility:visible;" fillcolor="#FFFFFF" strokecolor="#FFFFFF" strokeweight="0.75pt">
+              <v:stroke dashstyle="solid"/>
+              <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p>
                     <w:pPr>
-                      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                      <w:pBdr/>
+                      <w:spacing w:after="160" w:before="0" w:line="258" w:lineRule="auto"/>
+                      <w:ind w:right="0" w:firstLine="0" w:left="0"/>
                       <w:jc w:val="left"/>
-                      <w:spacing w:before="0" w:after="160" w:line="258" w:lineRule="auto"/>
+                      <w:rPr/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                         <w:b/>
                         <w:i w:val="0"/>
                         <w:smallCaps w:val="0"/>
-                        <w:strike w:val="false"/>
+                        <w:strike w:val="0"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:vertAlign w:val="baseline"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Revista Educação e Infâncias, Natal, v. 3, n. 4, código do artigo (preenchido pelo editor) 2024 </w:t>
                     </w:r>
                     <w:r/>
                   </w:p>
                   <w:p>
                     <w:pPr>
-                      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                      <w:pBdr/>
+                      <w:spacing w:after="160" w:before="0" w:line="258" w:lineRule="auto"/>
+                      <w:ind w:right="0" w:firstLine="0" w:left="0"/>
                       <w:jc w:val="left"/>
-                      <w:spacing w:before="0" w:after="160" w:line="258" w:lineRule="auto"/>
+                      <w:rPr/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                         <w:b/>
                         <w:i w:val="0"/>
                         <w:smallCaps w:val="0"/>
-                        <w:strike w:val="false"/>
+                        <w:strike w:val="0"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:vertAlign w:val="baseline"/>
                       </w:rPr>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                         <w:b/>
                         <w:i w:val="0"/>
                         <w:smallCaps w:val="0"/>
-                        <w:strike w:val="false"/>
+                        <w:strike w:val="0"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:vertAlign w:val="baseline"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ISSN:</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                         <w:b/>
                         <w:i w:val="0"/>
                         <w:smallCaps w:val="0"/>
-                        <w:strike w:val="false"/>
-                        <w:color w:val="FFFFFF"/>
+                        <w:strike w:val="0"/>
+                        <w:color w:val="ffffff"/>
                         <w:sz w:val="20"/>
                         <w:vertAlign w:val="baseline"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
                         <w:b/>
                         <w:i w:val="0"/>
                         <w:smallCaps w:val="0"/>
-                        <w:strike w:val="false"/>
+                        <w:strike w:val="0"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:vertAlign w:val="baseline"/>
                       </w:rPr>
                       <w:t xml:space="preserve">2764-6076</w:t>
                     </w:r>
                     <w:r/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5495925</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>118874</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="733507" cy="256728"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="image1.png" hidden="0"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="image1.png" hidden="0"/>
                       <pic:cNvPicPr/>
                       <pic:nvPr isPhoto="0" userDrawn="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:srcRect l="0" t="0" r="0" b="0"/>
                       <a:stretch/>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="733507" cy="256728"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype type="#_x0000_t75" o:spt="75" coordsize="21600,21600" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
-            <v:shape id="_x0000_i3" o:spid="_x0000_s3" type="#_x0000_t75" style="position:absolute;mso-wrap-distance-left:9.0pt;mso-wrap-distance-top:9.0pt;mso-wrap-distance-right:9.0pt;mso-wrap-distance-bottom:9.0pt;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:432.8pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:9.4pt;mso-position-vertical:absolute;width:57.8pt;height:20.2pt;">
-[...1 lines deleted...]
-              <v:imagedata r:id="rId1" o:title=""/>
+            <v:shape id="_x0000_i3" o:spid="_x0000_s3" type="#_x0000_t75" style="position:absolute;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:432.75pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:9.36pt;mso-position-vertical:absolute;width:57.76pt;height:20.21pt;mso-wrap-distance-left:9.00pt;mso-wrap-distance-top:9.00pt;mso-wrap-distance-right:9.00pt;mso-wrap-distance-bottom:9.00pt;z-index:1;">
+              <v:imagedata r:id="rId1" o:title="" croptop="0f" cropleft="0f" cropbottom="0f" cropright="0f"/>
+              <o:lock v:ext="edit" rotation="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
+        <w:pBdr/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
+        <w:pBdr/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Função, Instituição, Formação. E-mail. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Link do ORCID. Link do Lattes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OBS: preencher apenas após o aceite</w:t>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:pBdr>
           <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
           <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Função, Instituição, Formação. E-mail. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Link do ORCID. Link do Lattes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OBS: preencher apenas após o aceite</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="false"/>
-[...118 lines deleted...]
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evitar o uso de notas de rodapé, mas, ao utilizá-las, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">as notas devem ser curtas e apresentadas em fonte </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Century Gothic,</w:t>
+        <w:t xml:space="preserve">calibri,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> tamanho 10, alinhamento à esquerda, espaçamento simples</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="false"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="false"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:rPr>
       <w:pBdr>
         <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
       </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rtl w:val="false"/>
+        <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="115200" distR="115200" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="0" distB="0" distL="115200" distR="115200" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-812233</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-352423</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1624467" cy="795654"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="image4.png" hidden="0"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="image4.png" hidden="0"/>
                       <pic:cNvPicPr/>
                       <pic:nvPr isPhoto="0" userDrawn="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:srcRect l="15713" t="33708" r="20771" b="35182"/>
                       <a:stretch/>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1624467" cy="795654"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype type="#_x0000_t75" o:spt="75" coordsize="21600,21600" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
-            <v:shape id="_x0000_i0" o:spid="_x0000_s0" type="#_x0000_t75" style="position:absolute;mso-wrap-distance-left:9.1pt;mso-wrap-distance-top:0.0pt;mso-wrap-distance-right:9.1pt;mso-wrap-distance-bottom:0.0pt;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:-64.0pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:-27.7pt;mso-position-vertical:absolute;width:127.9pt;height:62.6pt;">
-[...1 lines deleted...]
-              <v:imagedata r:id="rId1" o:title=""/>
+            <v:shape id="_x0000_i0" o:spid="_x0000_s0" type="#_x0000_t75" style="position:absolute;z-index:0;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:text;margin-left:-63.96pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:-27.75pt;mso-position-vertical:absolute;width:127.91pt;height:62.65pt;mso-wrap-distance-left:9.07pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:9.07pt;mso-wrap-distance-bottom:0.00pt;z-index:1;">
+              <v:imagedata r:id="rId1" o:title="" croptop="22091f" cropleft="10298f" cropbottom="23057f" cropright="13612f"/>
+              <o:lock v:ext="edit" rotation="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:rPr>
       <w:pBdr>
         <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
       </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rtl w:val="false"/>
+        <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
-    <w:r/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numStart w:val="1"/>
     <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="docEnd"/>
     <w:numFmt w:val="lowerRoman"/>
     <w:numStart w:val="1"/>
     <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr/>
-  <w:themeFontLang w:eastAsia="zh-CN" w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pt-BR" w:bidi="ar-SA" w:eastAsia="zh-CN"/>
+        <w:lang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
+        <w:pBdr/>
+        <w:spacing w:after="160" w:afterAutospacing="0" w:before="0" w:beforeAutospacing="0" w:line="259" w:lineRule="auto"/>
+        <w:ind/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3692,11408 +4807,31244 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="character" w:styleId="12">
+  <w:style w:type="character" w:styleId="848">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="849">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="850">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="851">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="852">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="853">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="854">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="855">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="954f72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="856">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="888"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="857">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="747"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="879"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="14">
+  <w:style w:type="character" w:styleId="858">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="748"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="880"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="16">
+  <w:style w:type="character" w:styleId="859">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="749"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="881"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="18">
+  <w:style w:type="character" w:styleId="860">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="750"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="882"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="20">
+  <w:style w:type="character" w:styleId="861">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="751"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="883"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="22">
+  <w:style w:type="character" w:styleId="862">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="752"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="884"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="24">
+  <w:style w:type="character" w:styleId="863">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="753"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="885"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="26">
+  <w:style w:type="character" w:styleId="864">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="754"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="886"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="28">
+  <w:style w:type="character" w:styleId="865">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="755"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="887"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="33">
+  <w:style w:type="character" w:styleId="866">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="760"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="892"/>
     <w:uiPriority w:val="10"/>
-    <w:rPr>
-[...41 lines deleted...]
-    <w:next w:val="746"/>
     <w:pPr>
-      <w:keepLines/>
-[...90 lines deleted...]
-      <w:spacing w:before="300" w:after="200"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="746" w:default="1">
-[...9 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:styleId="867">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="1065"/>
+    <w:uiPriority w:val="11"/>
     <w:pPr>
-      <w:keepLines/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="868">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="907"/>
+    <w:uiPriority w:val="29"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="869">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="909"/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="870">
+    <w:name w:val="Endnote Text Char"/>
+    <w:link w:val="1041"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="871">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="480"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="748">
+  <w:style w:type="paragraph" w:styleId="872">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="762"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="360"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="873">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="874">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="875">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="876">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="877">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="300"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="878" w:default="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="879">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="893"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="480"/>
+      <w:ind/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="880">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="894"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="360"/>
+      <w:ind/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="749">
+  <w:style w:type="paragraph" w:styleId="881">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="763"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="895"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="750">
+  <w:style w:type="paragraph" w:styleId="882">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="764"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="896"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="751">
+  <w:style w:type="paragraph" w:styleId="883">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="765"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="897"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="752">
+  <w:style w:type="paragraph" w:styleId="884">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="766"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="898"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="753">
+  <w:style w:type="paragraph" w:styleId="885">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="767"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="899"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="754">
+  <w:style w:type="paragraph" w:styleId="886">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="768"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="900"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="755">
+  <w:style w:type="paragraph" w:styleId="887">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="769"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="901"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:spacing w:before="320" w:after="200"/>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="320"/>
+      <w:ind/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="756" w:default="1">
+  <w:style w:type="character" w:styleId="888" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="757" w:default="1">
+  <w:style w:type="table" w:styleId="889" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="758" w:default="1">
+  <w:style w:type="numbering" w:styleId="890" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="759" w:customStyle="1">
+  <w:style w:type="table" w:styleId="891" w:customStyle="1">
     <w:name w:val="Table Normal"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="760">
+  <w:style w:type="paragraph" w:styleId="892">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="772"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="904"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
-      <w:contextualSpacing/>
-      <w:spacing w:before="300" w:after="200"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="300"/>
+      <w:ind/>
+      <w:contextualSpacing w:val="true"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="761" w:customStyle="1">
+  <w:style w:type="character" w:styleId="893" w:customStyle="1">
     <w:name w:val="Título 1 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="747"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="879"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="762" w:customStyle="1">
+  <w:style w:type="character" w:styleId="894" w:customStyle="1">
     <w:name w:val="Título 2 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="748"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="880"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="763" w:customStyle="1">
+  <w:style w:type="character" w:styleId="895" w:customStyle="1">
     <w:name w:val="Título 3 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="749"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="881"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="764" w:customStyle="1">
+  <w:style w:type="character" w:styleId="896" w:customStyle="1">
     <w:name w:val="Título 4 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="750"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="882"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="765" w:customStyle="1">
+  <w:style w:type="character" w:styleId="897" w:customStyle="1">
     <w:name w:val="Título 5 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="751"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="883"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="766" w:customStyle="1">
+  <w:style w:type="character" w:styleId="898" w:customStyle="1">
     <w:name w:val="Título 6 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="752"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="884"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="767" w:customStyle="1">
+  <w:style w:type="character" w:styleId="899" w:customStyle="1">
     <w:name w:val="Título 7 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="753"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="885"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="768" w:customStyle="1">
+  <w:style w:type="character" w:styleId="900" w:customStyle="1">
     <w:name w:val="Título 8 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="754"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="886"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="769" w:customStyle="1">
+  <w:style w:type="character" w:styleId="901" w:customStyle="1">
     <w:name w:val="Título 9 Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="755"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="887"/>
     <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="770">
+  <w:style w:type="paragraph" w:styleId="902">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="746"/>
+    <w:basedOn w:val="878"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
-      <w:contextualSpacing/>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:left="720"/>
+      <w:contextualSpacing w:val="true"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="771">
+  <w:style w:type="paragraph" w:styleId="903">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="772" w:customStyle="1">
+  <w:style w:type="character" w:styleId="904" w:customStyle="1">
     <w:name w:val="Título Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="760"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="892"/>
     <w:uiPriority w:val="10"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="773">
+  <w:style w:type="paragraph" w:styleId="905">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="774"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="906"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="200"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="200"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="774" w:customStyle="1">
+  <w:style w:type="character" w:styleId="906" w:customStyle="1">
     <w:name w:val="Subtítulo Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="773"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="905"/>
     <w:uiPriority w:val="11"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="775">
+  <w:style w:type="paragraph" w:styleId="907">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="746"/>
-[...1 lines deleted...]
-    <w:link w:val="776"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="908"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720" w:right="720"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind w:right="720" w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="776" w:customStyle="1">
+  <w:style w:type="character" w:styleId="908" w:customStyle="1">
     <w:name w:val="Citação Char"/>
-    <w:link w:val="775"/>
+    <w:link w:val="907"/>
     <w:uiPriority w:val="29"/>
-    <w:rPr>
-[...9 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720" w:right="720"/>
-[...6 lines deleted...]
-      </w:pBdr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="778" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="777"/>
+  <w:style w:type="paragraph" w:styleId="909">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
+    <w:link w:val="910"/>
     <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="ffffff" w:sz="4" w:space="5"/>
+        <w:left w:val="single" w:color="ffffff" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="ffffff" w:sz="4" w:space="5"/>
+        <w:right w:val="single" w:color="ffffff" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
+      <w:spacing/>
+      <w:ind w:right="720" w:left="720"/>
+    </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="779" w:customStyle="1">
+  <w:style w:type="character" w:styleId="910" w:customStyle="1">
+    <w:name w:val="Citação Intensa Char"/>
+    <w:link w:val="909"/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="911" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:basedOn w:val="756"/>
+    <w:basedOn w:val="888"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="780" w:customStyle="1">
+  <w:style w:type="character" w:styleId="912" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:basedOn w:val="756"/>
+    <w:basedOn w:val="888"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="781">
+  <w:style w:type="paragraph" w:styleId="913">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="4472c4" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="782" w:customStyle="1">
+  <w:style w:type="character" w:styleId="914" w:customStyle="1">
     <w:name w:val="Caption Char"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="783" w:customStyle="1">
+  <w:style w:type="table" w:styleId="915" w:customStyle="1">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="784">
+  <w:style w:type="table" w:styleId="916">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="785">
+  <w:style w:type="table" w:styleId="917">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="786">
+  <w:style w:type="table" w:styleId="918">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="787">
+  <w:style w:type="table" w:styleId="919">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="788">
+  <w:style w:type="table" w:styleId="920">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="789" w:customStyle="1">
+  <w:style w:type="table" w:styleId="921" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="790" w:customStyle="1">
+  <w:style w:type="table" w:styleId="922" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="791" w:customStyle="1">
+  <w:style w:type="table" w:styleId="923" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="792" w:customStyle="1">
+  <w:style w:type="table" w:styleId="924" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="793" w:customStyle="1">
+  <w:style w:type="table" w:styleId="925" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="794" w:customStyle="1">
+  <w:style w:type="table" w:styleId="926" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="795">
+  <w:style w:type="table" w:styleId="927">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="796" w:customStyle="1">
+  <w:style w:type="table" w:styleId="928" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="797" w:customStyle="1">
+  <w:style w:type="table" w:styleId="929" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="798" w:customStyle="1">
+  <w:style w:type="table" w:styleId="930" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="799" w:customStyle="1">
+  <w:style w:type="table" w:styleId="931" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="800" w:customStyle="1">
+  <w:style w:type="table" w:styleId="932" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="801" w:customStyle="1">
+  <w:style w:type="table" w:styleId="933" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="802">
+  <w:style w:type="table" w:styleId="934">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="803" w:customStyle="1">
+  <w:style w:type="table" w:styleId="935" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="804" w:customStyle="1">
+  <w:style w:type="table" w:styleId="936" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="805" w:customStyle="1">
+  <w:style w:type="table" w:styleId="937" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="806" w:customStyle="1">
+  <w:style w:type="table" w:styleId="938" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="807" w:customStyle="1">
+  <w:style w:type="table" w:styleId="939" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="808" w:customStyle="1">
+  <w:style w:type="table" w:styleId="940" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="809">
+  <w:style w:type="table" w:styleId="941">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="810" w:customStyle="1">
+  <w:style w:type="table" w:styleId="942" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="811" w:customStyle="1">
+  <w:style w:type="table" w:styleId="943" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="812" w:customStyle="1">
+  <w:style w:type="table" w:styleId="944" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="813" w:customStyle="1">
+  <w:style w:type="table" w:styleId="945" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="814" w:customStyle="1">
+  <w:style w:type="table" w:styleId="946" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="815" w:customStyle="1">
+  <w:style w:type="table" w:styleId="947" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="816">
+  <w:style w:type="table" w:styleId="948">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="817" w:customStyle="1">
+  <w:style w:type="table" w:styleId="949" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="818" w:customStyle="1">
+  <w:style w:type="table" w:styleId="950" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="819" w:customStyle="1">
+  <w:style w:type="table" w:styleId="951" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="820" w:customStyle="1">
+  <w:style w:type="table" w:styleId="952" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="821" w:customStyle="1">
+  <w:style w:type="table" w:styleId="953" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="822" w:customStyle="1">
+  <w:style w:type="table" w:styleId="954" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="823">
+  <w:style w:type="table" w:styleId="955">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="824" w:customStyle="1">
+  <w:style w:type="table" w:styleId="956" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="825" w:customStyle="1">
+  <w:style w:type="table" w:styleId="957" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="826" w:customStyle="1">
+  <w:style w:type="table" w:styleId="958" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="827" w:customStyle="1">
+  <w:style w:type="table" w:styleId="959" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="828" w:customStyle="1">
+  <w:style w:type="table" w:styleId="960" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="829" w:customStyle="1">
+  <w:style w:type="table" w:styleId="961" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="830">
+  <w:style w:type="table" w:styleId="962">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="831" w:customStyle="1">
+  <w:style w:type="table" w:styleId="963" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="832" w:customStyle="1">
+  <w:style w:type="table" w:styleId="964" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="833" w:customStyle="1">
+  <w:style w:type="table" w:styleId="965" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="834" w:customStyle="1">
+  <w:style w:type="table" w:styleId="966" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="835" w:customStyle="1">
+  <w:style w:type="table" w:styleId="967" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent5" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="836" w:customStyle="1">
+  <w:style w:type="table" w:styleId="968" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent6" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="837">
+  <w:style w:type="table" w:styleId="969">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="838" w:customStyle="1">
+  <w:style w:type="table" w:styleId="970" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="839" w:customStyle="1">
+  <w:style w:type="table" w:styleId="971" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="ED7D31" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ed7d31" w:themeColor="accent2" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="ED7D31" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ed7d31" w:themeColor="accent2" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="840" w:customStyle="1">
+  <w:style w:type="table" w:styleId="972" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="a5a5a5" w:themeColor="accent3" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="A5A5A5" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="a5a5a5" w:themeColor="accent3" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="841" w:customStyle="1">
+  <w:style w:type="table" w:styleId="973" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFC000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffc000" w:themeColor="accent4" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFC000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffc000" w:themeColor="accent4" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="842" w:customStyle="1">
+  <w:style w:type="table" w:styleId="974" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="5B9BD5" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="5b9bd5" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="843" w:customStyle="1">
+  <w:style w:type="table" w:styleId="975" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="70AD47" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="70ad47" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="844">
+  <w:style w:type="table" w:styleId="976">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="845" w:customStyle="1">
+  <w:style w:type="table" w:styleId="977" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="846" w:customStyle="1">
+  <w:style w:type="table" w:styleId="978" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="847" w:customStyle="1">
+  <w:style w:type="table" w:styleId="979" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="848" w:customStyle="1">
+  <w:style w:type="table" w:styleId="980" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="849" w:customStyle="1">
+  <w:style w:type="table" w:styleId="981" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="850" w:customStyle="1">
+  <w:style w:type="table" w:styleId="982" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="851">
+  <w:style w:type="table" w:styleId="983">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="852" w:customStyle="1">
+  <w:style w:type="table" w:styleId="984" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="853" w:customStyle="1">
+  <w:style w:type="table" w:styleId="985" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="854" w:customStyle="1">
+  <w:style w:type="table" w:styleId="986" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="855" w:customStyle="1">
+  <w:style w:type="table" w:styleId="987" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="856" w:customStyle="1">
+  <w:style w:type="table" w:styleId="988" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="857" w:customStyle="1">
+  <w:style w:type="table" w:styleId="989" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="858">
+  <w:style w:type="table" w:styleId="990">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="859" w:customStyle="1">
+  <w:style w:type="table" w:styleId="991" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="860" w:customStyle="1">
+  <w:style w:type="table" w:styleId="992" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ed7d31" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="861" w:customStyle="1">
+  <w:style w:type="table" w:styleId="993" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="a5a5a5" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="862" w:customStyle="1">
+  <w:style w:type="table" w:styleId="994" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffc000" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="863" w:customStyle="1">
+  <w:style w:type="table" w:styleId="995" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="864" w:customStyle="1">
+  <w:style w:type="table" w:styleId="996" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="865">
+  <w:style w:type="table" w:styleId="997">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="866" w:customStyle="1">
+  <w:style w:type="table" w:styleId="998" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4472c4" w:themeColor="accent1" w:fill="4472c4" w:themeFill="accent1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="867" w:customStyle="1">
+  <w:style w:type="table" w:styleId="999" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="868" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1000" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="869" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1001" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="870" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1002" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="871" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1003" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="light1"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="872">
+  <w:style w:type="table" w:styleId="1004">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="873" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1005" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="874" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1006" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="875" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1007" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="876" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1008" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="877" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1009" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="878" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1010" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="879">
+  <w:style w:type="table" w:styleId="1011">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="text1" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="880" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1012" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="000000" w:themeColor="accent1" w:themeShade="00"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="881" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1013" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent2" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="882" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1014" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent3" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="883" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1015" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent4" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="884" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1016" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent5" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="885" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1017" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
-        <w:color w:val="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="ffffff" w:themeColor="accent6" w:themeTint="00" w:themeShade="00"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="886" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1018" w:customStyle="1">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="887" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1019" w:customStyle="1">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="888" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1020" w:customStyle="1">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="889" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1021" w:customStyle="1">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="890" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1022" w:customStyle="1">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="891" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1023" w:customStyle="1">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="892" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1024" w:customStyle="1">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="893" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1025" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:fill="ffffff" w:themeFill="text1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="894" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1026" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:fill="ffffff" w:themeFill="accent1" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="895" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1027" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:fill="ffffff" w:themeFill="accent2" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="896" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1028" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:fill="ffffff" w:themeFill="accent3" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="897" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1029" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:fill="ffffff" w:themeFill="accent4" w:themeFillTint="00"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="898" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1030" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:fill="ffffff" w:themeFill="accent5" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5b9bd5" w:themeColor="accent5" w:fill="5b9bd5" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="899" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1031" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:fill="ffffff" w:themeFill="accent6" w:themeFillTint="00"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="F2F2F2"/>
-[...1 lines deleted...]
-      </w:rPr>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="70ad47" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="900" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1032" w:customStyle="1">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="901" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1033" w:customStyle="1">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="4472c4" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="902" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1034" w:customStyle="1">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent2" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="903" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1035" w:customStyle="1">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent3" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="904" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1036" w:customStyle="1">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent4" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="905" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1037" w:customStyle="1">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent5" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="906" w:customStyle="1">
+  <w:style w:type="table" w:styleId="1038" w:customStyle="1">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="accent6" w:themeTint="00" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="907">
+  <w:style w:type="character" w:styleId="1039">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563c1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="908" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1040" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="909">
+  <w:style w:type="paragraph" w:styleId="1041">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="746"/>
-    <w:link w:val="910"/>
+    <w:basedOn w:val="878"/>
+    <w:link w:val="1042"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="910" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1042" w:customStyle="1">
     <w:name w:val="Texto de nota de fim Char"/>
-    <w:link w:val="909"/>
+    <w:link w:val="1041"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="911">
+  <w:style w:type="paragraph" w:styleId="1043">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="57"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="912">
+  <w:style w:type="paragraph" w:styleId="1044">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="283"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="913">
+  <w:style w:type="paragraph" w:styleId="1045">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="567"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="914">
+  <w:style w:type="paragraph" w:styleId="1046">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="850"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="915">
+  <w:style w:type="paragraph" w:styleId="1047">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1134"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="916">
+  <w:style w:type="paragraph" w:styleId="1048">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1417"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="917">
+  <w:style w:type="paragraph" w:styleId="1049">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1701"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="918">
+  <w:style w:type="paragraph" w:styleId="1050">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1984"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="919">
+  <w:style w:type="paragraph" w:styleId="1051">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="57"/>
       <w:ind w:left="2268"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="920">
+  <w:style w:type="paragraph" w:styleId="1052">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="921">
+  <w:style w:type="paragraph" w:styleId="1053">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="922">
+  <w:style w:type="table" w:styleId="1054">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="923" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1055" w:customStyle="1">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="924"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="1056"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="924">
+  <w:style w:type="paragraph" w:styleId="1056">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="746"/>
-    <w:link w:val="923"/>
+    <w:basedOn w:val="878"/>
+    <w:link w:val="1055"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="925" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1057" w:customStyle="1">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="926"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="1058"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="926">
+  <w:style w:type="paragraph" w:styleId="1058">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="746"/>
-    <w:link w:val="925"/>
+    <w:basedOn w:val="878"/>
+    <w:link w:val="1057"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:pBdr/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="927">
+  <w:style w:type="character" w:styleId="1059">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="756"/>
+    <w:basedOn w:val="888"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="928">
+  <w:style w:type="table" w:styleId="1060">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="757"/>
+    <w:basedOn w:val="889"/>
     <w:uiPriority w:val="42"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="FFFFFF" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:color="ffffff" w:themeColor="text1" w:themeTint="00" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="929">
+  <w:style w:type="character" w:styleId="1061">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="756"/>
+    <w:basedOn w:val="888"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="930" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1062" w:customStyle="1">
     <w:name w:val="Texto de nota de rodapé Char"/>
-    <w:basedOn w:val="756"/>
-    <w:link w:val="931"/>
+    <w:basedOn w:val="888"/>
+    <w:link w:val="1063"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rPr>
-[...10 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="932" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1063">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="878"/>
+    <w:link w:val="1062"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1064" w:customStyle="1">
     <w:name w:val="Padrão"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:pBdr>
         <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:between w:val="none" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="933">
+  <w:style w:type="paragraph" w:styleId="1065">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="746"/>
-    <w:next w:val="746"/>
+    <w:basedOn w:val="878"/>
+    <w:next w:val="878"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="200"/>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:before="200"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="934">
+  <w:style w:type="table" w:styleId="1066">
     <w:name w:val="StGen0"/>
-    <w:basedOn w:val="759"/>
+    <w:basedOn w:val="891"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="100" w:type="dxa"/>
         <w:top w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
@@ -15302,42 +36253,48 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>ONLYOFFICE/7.1.0.215</Application>
+  <Application>ONLYOFFICE/9.0.4.50</Application>
   <DocSecurity>0</DocSecurity>
-  <HyperlinksChanged>false</HyperlinksChanged>
-[...2 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  <ScaleCrop>0</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="0" baseType="variant"/>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="0" baseType="lpstr"/>
+  </TitlesOfParts>
+  <LinksUpToDate>0</LinksUpToDate>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Murilo Melo</dc:creator>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>