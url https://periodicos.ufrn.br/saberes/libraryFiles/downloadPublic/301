--- v0 (2025-12-25)
+++ v1 (2026-02-03)
@@ -160,168 +160,583 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[TÍTULO EM ESPANHOL]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112522C8" w14:textId="77777777" w:rsidR="00945DE0" w:rsidRDefault="00945DE0" w:rsidP="00945DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B41CE9" w14:textId="77777777" w:rsidR="00945DE0" w:rsidRDefault="00945DE0" w:rsidP="00945DE0">
+    <w:p w14:paraId="055D9E1E" w14:textId="6816DD10" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...31 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome primeiro autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; Nome Segundo autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; Nome terceiro autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2" w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome terceiro autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2" w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00122AEF">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00F518C2" w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome terceiro autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2" w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00122AEF" w:rsidRPr="00122AEF">
-[...55 lines deleted...]
-    <w:p w14:paraId="472127E8" w14:textId="77777777" w:rsidR="00945DE0" w:rsidRDefault="00945DE0" w:rsidP="00945DE0">
+      <w:r w:rsidR="00B212CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> máximo de 5 autores, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>preenchimento após aceite)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F518C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73879DC4" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BC633D" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição, Unidade/Departamento, Cidade/UF, País. Email: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3A37D887" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7A83D2" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição, Unidade/Departamento, Cidade/UF, País. Email: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="761FBB6B" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A65F78D" w14:textId="77777777" w:rsidR="00347FB5" w:rsidRPr="00347FB5" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição, Unidade/Departamento, Cidade/UF, País. Email: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="74D6A37A" w14:textId="535D5D51" w:rsidR="00347FB5" w:rsidRPr="00B52435" w:rsidRDefault="00347FB5" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="002D7BD7" w:rsidRPr="00347FB5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://orcid.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="35DCEC7F" w14:textId="29B5EB4A" w:rsidR="002D7BD7" w:rsidRPr="00347FB5" w:rsidRDefault="002D7BD7" w:rsidP="002D7BD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição, Unidade/Departamento, Cidade/UF, País. Email: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7769A338" w14:textId="77777777" w:rsidR="002D7BD7" w:rsidRPr="00347FB5" w:rsidRDefault="002D7BD7" w:rsidP="002D7BD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1858C1C8" w14:textId="606B24EF" w:rsidR="002D7BD7" w:rsidRPr="00347FB5" w:rsidRDefault="002D7BD7" w:rsidP="002D7BD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição, Unidade/Departamento, Cidade/UF, País. Email: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="200ED8A6" w14:textId="77777777" w:rsidR="002D7BD7" w:rsidRPr="00347FB5" w:rsidRDefault="002D7BD7" w:rsidP="002D7BD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261F9C90" w14:textId="77777777" w:rsidR="002D7BD7" w:rsidRPr="00347FB5" w:rsidRDefault="002D7BD7" w:rsidP="00347FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E04BEA1" w14:textId="77777777" w:rsidR="00945DE0" w:rsidRPr="00836B56" w:rsidRDefault="00945DE0" w:rsidP="00945DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FF8123A" w14:textId="77777777" w:rsidR="00B82E64" w:rsidRDefault="00B82E64" w:rsidP="00B82E64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -710,69 +1125,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE88DF9" w14:textId="2E8C1001" w:rsidR="00884F66" w:rsidRPr="005547D7" w:rsidRDefault="00A707E3" w:rsidP="00A707E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005547D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The article titles should be written in Times New Roman font, size 14, capital letters, in bold, centralized and with single spacing between the lines, one below the other, at the top of the page. Below, the three abstracts must be included, followed by the corresponding keywords. Thus, the articles must present three abstracts, being mandatory the abstracts in Portuguese and English. The third abstract may be presented in Spanish, French, German or Italian, as chosen by the author. Abstracts must be written according to the following format: Times New Roman font, size 11, simple spacing between lines and justified. Abstracts should be between 150 and 250 words at most. The texts may present 3 to 5 keywords, in order of importance, separated by a semicolon, and finalized by a period. They must be spelled with initials in lowercase, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> proper nouns and scientific names.</w:t>
+        <w:t>The article titles should be written in Times New Roman font, size 14, capital letters, in bold, centralized and with single spacing between the lines, one below the other, at the top of the page. Below, the three abstracts must be included, followed by the corresponding keywords. Thus, the articles must present three abstracts, being mandatory the abstracts in Portuguese and English. The third abstract may be presented in Spanish, French, German or Italian, as chosen by the author. Abstracts must be written according to the following format: Times New Roman font, size 11, simple spacing between lines and justified. Abstracts should be between 150 and 250 words at most. The texts may present 3 to 5 keywords, in order of importance, separated by a semicolon, and finalized by a period. They must be spelled with initials in lowercase, with the exception of proper nouns and scientific names.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4ECB08" w14:textId="77777777" w:rsidR="00A707E3" w:rsidRPr="005547D7" w:rsidRDefault="00A707E3" w:rsidP="00A707E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E1A64A" w14:textId="2B854ED0" w:rsidR="00945DE0" w:rsidRPr="005547D7" w:rsidRDefault="00945DE0" w:rsidP="00945DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005547D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -847,75 +1244,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B18DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Los títulos de los artículos deben estar escritos en letra Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B18DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B18DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">, tamaño 14, mayúsculas, en negrita, centralizados y con interlineado simple, uno debajo de otro, en la parte superior de la página. A continuación, se deben incluir los tres resúmenes, seguidos de las palabras clave correspondientes. Así, los artículos deben presentar tres resúmenes, siendo obligatorios los resúmenes en portugués e inglés. El tercer resumen podrá presentarse en español, francés, alemán o italiano, a elección del autor. Los resúmenes deben estar escritos </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> siguiente formato: fuente Times New </w:t>
+        <w:t xml:space="preserve">, tamaño 14, mayúsculas, en negrita, centralizados y con interlineado simple, uno debajo de otro, en la parte superior de la página. A continuación, se deben incluir los tres resúmenes, seguidos de las palabras clave correspondientes. Así, los artículos deben presentar tres resúmenes, siendo obligatorios los resúmenes en portugués e inglés. El tercer resumen podrá presentarse en español, francés, alemán o italiano, a elección del autor. Los resúmenes deben estar escritos de acuerdo al siguiente formato: fuente Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B18DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B18DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, tamaño 11, interlineado simple y justificado. Los resúmenes deben tener entre 150 y 250 palabras como máximo. Los textos pueden presentar de 3 a 5 palabras clave, en orden de importancia, separadas por punto y coma, y ​​finalizadas por un punto. Deben escribirse con iniciales en minúscula, a excepción de los nombres propios y los nombres científicos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0448ABC6" w14:textId="77777777" w:rsidR="00A707E3" w:rsidRPr="001B18DF" w:rsidRDefault="00A707E3" w:rsidP="007718AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
@@ -1529,50 +1902,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> elemento</w:t>
       </w:r>
       <w:r w:rsidR="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00EC7A63" w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF7FC5" w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>título, resumos, palavras-chave, introdução e demais tópicos, seguindo a ABNT. Tópicos e subtópicos não devem estar numerados e devem seguir a ordem de</w:t>
       </w:r>
       <w:r w:rsidR="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> caixa alta, negrito ou minúsculas, de acordo com a norma vigente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11970B0D" w14:textId="77777777" w:rsidR="00EC7A63" w:rsidRPr="00BA6279" w:rsidRDefault="00EC7A63" w:rsidP="005D6472">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="027CA49E" w14:textId="2FED4E09" w:rsidR="00945DE0" w:rsidRPr="00962331" w:rsidRDefault="00945DE0" w:rsidP="005D6472">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1739,51 +2113,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020E19">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52D1AF16" wp14:editId="5136ADAB">
             <wp:extent cx="4795483" cy="1540965"/>
             <wp:effectExtent l="0" t="0" r="5715" b="2540"/>
             <wp:docPr id="5" name="Imagem 5" descr="Revista interdiscisplinar de Filosofia e Educação"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="Revista interdiscisplinar de Filosofia e Educação"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4829258" cy="1551818"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -2431,51 +2805,60 @@
         <w:t xml:space="preserve">tabelas, quadros e gráficos </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00F37B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>deverão ser escrito em fonte Times New Roman, tamanho 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e centralizado. A fonte dos elementos mencionados deve ser apresentada em fonte Times New Roman, tamanho 1</w:t>
+        <w:t xml:space="preserve"> e centralizado. A fonte dos elementos mencionados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>deve ser apresentada em fonte Times New Roman, tamanho 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e centralizada. </w:t>
       </w:r>
       <w:r w:rsidR="00AD1A3E" w:rsidRPr="00AD1A3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As figuras, quadros, tabelas e gráficos deverão </w:t>
       </w:r>
@@ -2551,51 +2934,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E1C7B49" w14:textId="025AF234" w:rsidR="00962331" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">FIGURAS, TABELAS, QUADROS E GRÁFICOS </w:t>
       </w:r>
       <w:r w:rsidRPr="00962331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(exemplo de subtópico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> secundário</w:t>
       </w:r>
       <w:r w:rsidRPr="00962331">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
@@ -3063,51 +3445,58 @@
     </w:p>
     <w:p w14:paraId="0BDF35BD" w14:textId="77777777" w:rsidR="00962331" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D1D5334" w14:textId="77777777" w:rsidR="00962331" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D6472">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">As citações com mais de 3 linhas devem ser escritas em fonte Time New Roman 11 com alinhamento justificado e espaçamento 1,0, recuo de 4 cm na régua, sem aspas e com sobrenome, ano e página da obra entre parênteses ao final. (SABERES, 2023, p. 01).  </w:t>
+        <w:t xml:space="preserve">As citações com mais de 3 linhas devem ser escritas em fonte Time New Roman 11 com alinhamento justificado e espaçamento 1,0, recuo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de 4 cm na régua, sem aspas e com sobrenome, ano e página da obra entre parênteses ao final. (SABERES, 2023, p. 01).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="390DA691" w14:textId="77777777" w:rsidR="00962331" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D6472">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBBD6C0" w14:textId="77777777" w:rsidR="00962331" w:rsidRPr="00DF7FC5" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3158,60 +3547,51 @@
       <w:r w:rsidRPr="00F37B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estas precisam ser numeradas ordinalmente e usadas com parcimônia, quanto à recorrência e ao tamanho</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deve </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">empregar </w:t>
+        <w:t xml:space="preserve">Deve empregar </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>itálico</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apenas para termos estrangeiros e </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3626,51 +4006,60 @@
       <w:r w:rsidRPr="00F37B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estas precisam ser numeradas ordinalmente e usadas com parcimônia, quanto à recorrência e ao tamanho</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deve empregar </w:t>
+        <w:t xml:space="preserve">Deve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">empregar </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>itálico</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apenas para termos estrangeiros e </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3722,51 +4111,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> caixa alta, negrito ou minúsculas, de acordo com a norma vigente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B5792B" w14:textId="77777777" w:rsidR="00962331" w:rsidRDefault="00962331" w:rsidP="00962331">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As Notas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>devem estar</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF7FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> em fonte Times New Roman, tamanho 10 e apresentadas como Nota de fim e não de rodapé. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
@@ -4267,51 +4655,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pelo sobrenome do primeiro autor. Quando um </w:t>
       </w:r>
       <w:r w:rsidRPr="004937E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mesmo autor é citado mais de uma vez</w:t>
       </w:r>
       <w:r w:rsidRPr="00B77B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, colocar as obras em </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">colocar as obras em </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ordem cronológica</w:t>
       </w:r>
       <w:r w:rsidRPr="00B77B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e não substituir o nome do autor por traços (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B77B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -4920,52 +5318,52 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aceito em:   /   /   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="151E4C34" w14:textId="77777777" w:rsidR="00E30456" w:rsidRDefault="00E30456" w:rsidP="00E76286">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75761891" w14:textId="77777777" w:rsidR="00E76286" w:rsidRPr="00E76286" w:rsidRDefault="00E76286" w:rsidP="00E76286">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E76286" w:rsidRPr="00E76286" w:rsidSect="005547D7">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1841" w:bottom="1417" w:left="1701" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="36CE616F" w14:textId="77777777" w:rsidR="008E1A58" w:rsidRDefault="008E1A58" w:rsidP="00066031">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1834BBD1" w14:textId="77777777" w:rsidR="008E1A58" w:rsidRDefault="008E1A58" w:rsidP="00066031">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4997,50 +5395,53 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6481828D" w14:textId="29A76468" w:rsidR="00020032" w:rsidRPr="009C4C8B" w:rsidRDefault="005547D7" w:rsidP="00D1605F">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:left="-1701"/>
     </w:pPr>
     <w:r w:rsidRPr="005547D7">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06492C13" wp14:editId="2F29A152">
           <wp:extent cx="7543800" cy="588063"/>
           <wp:effectExtent l="0" t="0" r="0" b="2540"/>
           <wp:docPr id="1549080794" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1653441019" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7543800" cy="588063"/>
@@ -5056,168 +5457,50 @@
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6912D2AA" w14:textId="77777777" w:rsidR="008E1A58" w:rsidRDefault="008E1A58" w:rsidP="00066031">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="410F44BF" w14:textId="77777777" w:rsidR="008E1A58" w:rsidRDefault="008E1A58" w:rsidP="00066031">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>(só deve ser informada após o artigo ser aceito)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4112F8CB" w14:textId="1F1AE096" w:rsidR="00066031" w:rsidRDefault="00066031" w:rsidP="00440777">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="right" w:pos="8364"/>
       </w:tabs>
       <w:ind w:left="-1418"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07320094" wp14:editId="55ACBE8C">
           <wp:simplePos x="0" y="0"/>
@@ -5273,82 +5556,70 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00733EEC" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Volume XX, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00D27D15" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>N°</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D27D15" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> ,</w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> , </w:t>
     </w:r>
     <w:r w:rsidR="00CA6C8F" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">MÊS/MÊS </w:t>
     </w:r>
     <w:r w:rsidR="001F103F" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>20XX, ISSN</w:t>
     </w:r>
     <w:r w:rsidR="00CA6C8F" w:rsidRPr="00CA6C8F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
@@ -5472,152 +5743,159 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1369527789">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA0F13"/>
     <w:rsid w:val="00020032"/>
     <w:rsid w:val="00020E19"/>
     <w:rsid w:val="00023895"/>
     <w:rsid w:val="000258A2"/>
     <w:rsid w:val="00043D7A"/>
     <w:rsid w:val="00066031"/>
     <w:rsid w:val="00077348"/>
     <w:rsid w:val="000B61D3"/>
     <w:rsid w:val="00122AEF"/>
     <w:rsid w:val="00180386"/>
     <w:rsid w:val="001B18DF"/>
     <w:rsid w:val="001F103F"/>
     <w:rsid w:val="002824C4"/>
     <w:rsid w:val="00295D38"/>
+    <w:rsid w:val="002D7BD7"/>
     <w:rsid w:val="003231D8"/>
+    <w:rsid w:val="00347FB5"/>
     <w:rsid w:val="00357059"/>
     <w:rsid w:val="003E3604"/>
     <w:rsid w:val="00417198"/>
     <w:rsid w:val="00440777"/>
+    <w:rsid w:val="00452C96"/>
     <w:rsid w:val="00476C75"/>
     <w:rsid w:val="004816ED"/>
     <w:rsid w:val="004937E6"/>
     <w:rsid w:val="004956F8"/>
     <w:rsid w:val="004B1426"/>
     <w:rsid w:val="005008CE"/>
     <w:rsid w:val="005547D7"/>
     <w:rsid w:val="005D6472"/>
     <w:rsid w:val="006452B1"/>
     <w:rsid w:val="00674E5F"/>
     <w:rsid w:val="006956FE"/>
     <w:rsid w:val="006B76F7"/>
     <w:rsid w:val="006C49D4"/>
     <w:rsid w:val="006E3032"/>
     <w:rsid w:val="00733EEC"/>
     <w:rsid w:val="00746F6D"/>
     <w:rsid w:val="007718AB"/>
     <w:rsid w:val="007D0AB2"/>
     <w:rsid w:val="0083025C"/>
     <w:rsid w:val="00836B56"/>
     <w:rsid w:val="008464BA"/>
     <w:rsid w:val="00882A5B"/>
     <w:rsid w:val="00884F66"/>
     <w:rsid w:val="008C3D4B"/>
     <w:rsid w:val="008E1A58"/>
     <w:rsid w:val="00945DE0"/>
     <w:rsid w:val="00946B99"/>
     <w:rsid w:val="00962331"/>
     <w:rsid w:val="00983681"/>
     <w:rsid w:val="009C4C8B"/>
     <w:rsid w:val="00A707E3"/>
     <w:rsid w:val="00A93F32"/>
     <w:rsid w:val="00AC2ABF"/>
     <w:rsid w:val="00AD1A3E"/>
     <w:rsid w:val="00AF6C9D"/>
     <w:rsid w:val="00B10DC6"/>
+    <w:rsid w:val="00B212CA"/>
+    <w:rsid w:val="00B52435"/>
     <w:rsid w:val="00B77B86"/>
     <w:rsid w:val="00B82E64"/>
     <w:rsid w:val="00B91D88"/>
     <w:rsid w:val="00BA6279"/>
     <w:rsid w:val="00C134CA"/>
     <w:rsid w:val="00C717D1"/>
     <w:rsid w:val="00C83EDF"/>
     <w:rsid w:val="00CA6C8F"/>
     <w:rsid w:val="00D1605F"/>
     <w:rsid w:val="00D27D15"/>
     <w:rsid w:val="00D4584D"/>
     <w:rsid w:val="00DB2D21"/>
+    <w:rsid w:val="00DF7676"/>
     <w:rsid w:val="00DF7FC5"/>
     <w:rsid w:val="00E30456"/>
     <w:rsid w:val="00E76286"/>
     <w:rsid w:val="00E8411A"/>
     <w:rsid w:val="00EB1A7D"/>
     <w:rsid w:val="00EC6B02"/>
     <w:rsid w:val="00EC7A63"/>
     <w:rsid w:val="00ED7AC7"/>
     <w:rsid w:val="00ED7B83"/>
     <w:rsid w:val="00F37B2F"/>
+    <w:rsid w:val="00F518C2"/>
     <w:rsid w:val="00F80BA4"/>
     <w:rsid w:val="00F86E5B"/>
     <w:rsid w:val="00FA0F13"/>
     <w:rsid w:val="00FB455E"/>
     <w:rsid w:val="00FC3B44"/>
     <w:rsid w:val="00FE52DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -6017,51 +6295,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FE52DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
@@ -6179,51 +6456,51 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00945DE0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -6506,69 +6783,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ABNT_Author.XSL" StyleName="ABNT NBR 6023:2002*" Version="10"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D42E086-F879-48DF-9A23-1E09FDBA3A54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2235</Words>
-  <Characters>12075</Characters>
+  <Words>2326</Words>
+  <Characters>12564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14282</CharactersWithSpaces>
+  <CharactersWithSpaces>14861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ronny Diogenes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>